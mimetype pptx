--- v0 (2025-10-08)
+++ v1 (2025-12-01)
@@ -48,90 +48,89 @@
   <Override PartName="/ppt/slides/slide37.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide38.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide39.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide40.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide41.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide42.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide43.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide44.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide45.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide46.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide47.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide48.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide49.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide50.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide51.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide52.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide53.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide54.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide55.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide56.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide57.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide58.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide59.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide60.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide61.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
-  <Override PartName="/ppt/slides/slide62.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/notesMasters/notesMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesMaster+xml"/>
   <Override PartName="/ppt/handoutMasters/handoutMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.handoutMaster+xml"/>
   <Override PartName="/ppt/presProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presProps+xml"/>
   <Override PartName="/ppt/viewProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.viewProps+xml"/>
   <Override PartName="/ppt/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/tableStyles.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tableStyles+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/theme/theme2.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/theme/theme3.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=ppt/presentation.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" saveSubsetFonts="1" autoCompressPictures="0">
   <p:sldMasterIdLst>
     <p:sldMasterId id="2147483648" r:id="rId1"/>
   </p:sldMasterIdLst>
   <p:notesMasterIdLst>
-    <p:notesMasterId r:id="rId64"/>
+    <p:notesMasterId r:id="rId63"/>
   </p:notesMasterIdLst>
   <p:handoutMasterIdLst>
-    <p:handoutMasterId r:id="rId65"/>
+    <p:handoutMasterId r:id="rId64"/>
   </p:handoutMasterIdLst>
   <p:sldIdLst>
     <p:sldId id="256" r:id="rId2"/>
     <p:sldId id="297" r:id="rId3"/>
     <p:sldId id="308" r:id="rId4"/>
     <p:sldId id="260" r:id="rId5"/>
     <p:sldId id="280" r:id="rId6"/>
     <p:sldId id="262" r:id="rId7"/>
     <p:sldId id="263" r:id="rId8"/>
     <p:sldId id="292" r:id="rId9"/>
     <p:sldId id="293" r:id="rId10"/>
     <p:sldId id="268" r:id="rId11"/>
     <p:sldId id="339" r:id="rId12"/>
     <p:sldId id="320" r:id="rId13"/>
     <p:sldId id="319" r:id="rId14"/>
     <p:sldId id="321" r:id="rId15"/>
     <p:sldId id="318" r:id="rId16"/>
     <p:sldId id="325" r:id="rId17"/>
     <p:sldId id="316" r:id="rId18"/>
     <p:sldId id="317" r:id="rId19"/>
     <p:sldId id="259" r:id="rId20"/>
     <p:sldId id="294" r:id="rId21"/>
     <p:sldId id="323" r:id="rId22"/>
     <p:sldId id="324" r:id="rId23"/>
     <p:sldId id="330" r:id="rId24"/>
@@ -151,51 +150,50 @@
     <p:sldId id="332" r:id="rId38"/>
     <p:sldId id="333" r:id="rId39"/>
     <p:sldId id="334" r:id="rId40"/>
     <p:sldId id="335" r:id="rId41"/>
     <p:sldId id="336" r:id="rId42"/>
     <p:sldId id="337" r:id="rId43"/>
     <p:sldId id="327" r:id="rId44"/>
     <p:sldId id="326" r:id="rId45"/>
     <p:sldId id="299" r:id="rId46"/>
     <p:sldId id="300" r:id="rId47"/>
     <p:sldId id="301" r:id="rId48"/>
     <p:sldId id="265" r:id="rId49"/>
     <p:sldId id="285" r:id="rId50"/>
     <p:sldId id="275" r:id="rId51"/>
     <p:sldId id="286" r:id="rId52"/>
     <p:sldId id="303" r:id="rId53"/>
     <p:sldId id="328" r:id="rId54"/>
     <p:sldId id="287" r:id="rId55"/>
     <p:sldId id="281" r:id="rId56"/>
     <p:sldId id="313" r:id="rId57"/>
     <p:sldId id="306" r:id="rId58"/>
     <p:sldId id="307" r:id="rId59"/>
     <p:sldId id="296" r:id="rId60"/>
     <p:sldId id="314" r:id="rId61"/>
     <p:sldId id="291" r:id="rId62"/>
-    <p:sldId id="315" r:id="rId63"/>
   </p:sldIdLst>
   <p:sldSz cx="9144000" cy="6858000" type="screen4x3"/>
   <p:notesSz cx="6797675" cy="9928225"/>
   <p:defaultTextStyle>
     <a:defPPr>
       <a:defRPr lang="nb-NO"/>
     </a:defPPr>
     <a:lvl1pPr marL="0" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl1pPr>
     <a:lvl2pPr marL="457200" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
@@ -346,51 +344,51 @@
           <a:sx n="70" d="100"/>
           <a:sy n="70" d="100"/>
         </p:scale>
         <p:origin x="1448" y="52"/>
       </p:cViewPr>
       <p:guideLst>
         <p:guide orient="horz" pos="2160"/>
         <p:guide pos="488"/>
       </p:guideLst>
     </p:cSldViewPr>
   </p:slideViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="100" d="100"/>
         <a:sy n="100" d="100"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:notesTextViewPr>
   <p:gridSpacing cx="72008" cy="72008"/>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide25.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide20.xml"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide41.xml"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide46.xml"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide62.xml"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide28.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide23.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide31.xml"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide36.xml"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide39.xml"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide44.xml"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide52.xml"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide57.xml"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide60.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide18.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide21.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide26.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide29.xml"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide34.xml"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide42.xml"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide47.xml"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide55.xml"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide50.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide16.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide24.xml"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide32.xml"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide37.xml"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide45.xml"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide58.xml"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide19.xml"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide40.xml"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide53.xml"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide61.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide22.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide27.xml"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide35.xml"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide48.xml"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide56.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide30.xml"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide43.xml"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide51.xml"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide59.xml"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/handoutMaster" Target="handoutMasters/handoutMaster1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide17.xml"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide38.xml"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide33.xml"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide49.xml"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide54.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide25.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide20.xml"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide33.xml"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide41.xml"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide46.xml"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide49.xml"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide54.xml"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide28.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide23.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide31.xml"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide36.xml"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide39.xml"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide44.xml"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide52.xml"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide57.xml"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide60.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide18.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide21.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide26.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide29.xml"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide34.xml"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide42.xml"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide47.xml"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide55.xml"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/handoutMaster" Target="handoutMasters/handoutMaster1.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide50.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide16.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide24.xml"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide32.xml"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide37.xml"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide45.xml"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide58.xml"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide19.xml"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide40.xml"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide53.xml"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide61.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide22.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide27.xml"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide35.xml"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide48.xml"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide56.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide30.xml"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide43.xml"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide51.xml"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide59.xml"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide17.xml"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide38.xml"/></Relationships>
 </file>
 
 <file path=ppt/handoutMasters/_rels/handoutMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme3.xml"/></Relationships>
 </file>
 
 <file path=ppt/handoutMasters/handoutMaster1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:handoutMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgRef idx="1001">
         <a:schemeClr val="bg1"/>
       </p:bgRef>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
@@ -434,51 +432,51 @@
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="quarter" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3850443" y="0"/>
             <a:ext cx="2945659" cy="496411"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1200"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{C4A97509-7F3A-7441-9B53-0EDD3D3BF7A2}" type="datetimeFigureOut">
-              <a:t>04.04.2025</a:t>
+              <a:t>20.11.2025</a:t>
             </a:fld>
             <a:endParaRPr lang="nb-NO"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Plassholder for bunntekst 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="9430091"/>
             <a:ext cx="2945659" cy="496411"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
@@ -602,51 +600,51 @@
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3849688" y="0"/>
             <a:ext cx="2946400" cy="498475"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1200"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{7E8479F3-98D4-5344-8F17-A5338630D49B}" type="datetimeFigureOut">
               <a:rPr lang="x-none" smtClean="0"/>
-              <a:t>04.04.2025</a:t>
+              <a:t>20.11.2025</a:t>
             </a:fld>
             <a:endParaRPr lang="x-none"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Image Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1165225" y="1241425"/>
             <a:ext cx="4467225" cy="3349625"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="12700">
@@ -1182,51 +1180,51 @@
           </a:lstStyle>
           <a:p>
             <a:r>
               <a:rPr lang="nb-NO"/>
               <a:t>Klikk for å redigere undertittelstil</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Plassholder for dato 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{83AA5345-8AAD-9D4D-996A-F10038205FEB}" type="datetimeFigureOut">
-              <a:t>04.04.2025</a:t>
+              <a:t>20.11.2025</a:t>
             </a:fld>
             <a:endParaRPr lang="nb-NO"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Plassholder for bunntekst 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="nb-NO"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -1348,51 +1346,51 @@
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
               <a:rPr lang="nb-NO"/>
               <a:t>Femte nivå</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Plassholder for dato 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{83AA5345-8AAD-9D4D-996A-F10038205FEB}" type="datetimeFigureOut">
-              <a:t>04.04.2025</a:t>
+              <a:t>20.11.2025</a:t>
             </a:fld>
             <a:endParaRPr lang="nb-NO"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Plassholder for bunntekst 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="nb-NO"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -1524,51 +1522,51 @@
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
               <a:rPr lang="nb-NO"/>
               <a:t>Femte nivå</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Plassholder for dato 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{83AA5345-8AAD-9D4D-996A-F10038205FEB}" type="datetimeFigureOut">
-              <a:t>04.04.2025</a:t>
+              <a:t>20.11.2025</a:t>
             </a:fld>
             <a:endParaRPr lang="nb-NO"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Plassholder for bunntekst 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="nb-NO"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -1690,51 +1688,51 @@
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
               <a:rPr lang="nb-NO"/>
               <a:t>Femte nivå</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Plassholder for dato 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{83AA5345-8AAD-9D4D-996A-F10038205FEB}" type="datetimeFigureOut">
-              <a:t>04.04.2025</a:t>
+              <a:t>20.11.2025</a:t>
             </a:fld>
             <a:endParaRPr lang="nb-NO"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Plassholder for bunntekst 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="nb-NO"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -1933,51 +1931,51 @@
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="nb-NO"/>
               <a:t>Klikk for å redigere tekststiler i malen</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Plassholder for dato 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{83AA5345-8AAD-9D4D-996A-F10038205FEB}" type="datetimeFigureOut">
-              <a:t>04.04.2025</a:t>
+              <a:t>20.11.2025</a:t>
             </a:fld>
             <a:endParaRPr lang="nb-NO"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Plassholder for bunntekst 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="nb-NO"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -2216,51 +2214,51 @@
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
               <a:rPr lang="nb-NO"/>
               <a:t>Femte nivå</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Plassholder for dato 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{83AA5345-8AAD-9D4D-996A-F10038205FEB}" type="datetimeFigureOut">
-              <a:t>04.04.2025</a:t>
+              <a:t>20.11.2025</a:t>
             </a:fld>
             <a:endParaRPr lang="nb-NO"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Plassholder for bunntekst 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="nb-NO"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -2633,51 +2631,51 @@
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
               <a:rPr lang="nb-NO"/>
               <a:t>Femte nivå</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Plassholder for dato 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{83AA5345-8AAD-9D4D-996A-F10038205FEB}" type="datetimeFigureOut">
-              <a:t>04.04.2025</a:t>
+              <a:t>20.11.2025</a:t>
             </a:fld>
             <a:endParaRPr lang="nb-NO"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="Plassholder for bunntekst 7"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="nb-NO"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -2748,51 +2746,51 @@
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="nb-NO"/>
               <a:t>Klikk for å redigere tittelstil</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Plassholder for dato 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{83AA5345-8AAD-9D4D-996A-F10038205FEB}" type="datetimeFigureOut">
-              <a:t>04.04.2025</a:t>
+              <a:t>20.11.2025</a:t>
             </a:fld>
             <a:endParaRPr lang="nb-NO"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Plassholder for bunntekst 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="nb-NO"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -2841,51 +2839,51 @@
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Plassholder for dato 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{83AA5345-8AAD-9D4D-996A-F10038205FEB}" type="datetimeFigureOut">
-              <a:t>04.04.2025</a:t>
+              <a:t>20.11.2025</a:t>
             </a:fld>
             <a:endParaRPr lang="nb-NO"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Plassholder for bunntekst 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="nb-NO"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -3114,51 +3112,51 @@
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="nb-NO"/>
               <a:t>Klikk for å redigere tekststiler i malen</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Plassholder for dato 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{83AA5345-8AAD-9D4D-996A-F10038205FEB}" type="datetimeFigureOut">
-              <a:t>04.04.2025</a:t>
+              <a:t>20.11.2025</a:t>
             </a:fld>
             <a:endParaRPr lang="nb-NO"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Plassholder for bunntekst 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="nb-NO"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -3364,51 +3362,51 @@
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="nb-NO"/>
               <a:t>Klikk for å redigere tekststiler i malen</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Plassholder for dato 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{83AA5345-8AAD-9D4D-996A-F10038205FEB}" type="datetimeFigureOut">
-              <a:t>04.04.2025</a:t>
+              <a:t>20.11.2025</a:t>
             </a:fld>
             <a:endParaRPr lang="nb-NO"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Plassholder for bunntekst 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="nb-NO"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -4026,51 +4024,51 @@
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="6597201"/>
             <a:ext cx="2133600" cy="196850"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
               <a:defRPr sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{83AA5345-8AAD-9D4D-996A-F10038205FEB}" type="datetimeFigureOut">
               <a:rPr lang="nb-NO"/>
               <a:pPr/>
-              <a:t>04.04.2025</a:t>
+              <a:t>20.11.2025</a:t>
             </a:fld>
             <a:endParaRPr lang="nb-NO"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Plassholder for bunntekst 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="3"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3124200" y="6597201"/>
             <a:ext cx="2895600" cy="196850"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
@@ -4631,54 +4629,50 @@
 
 <file path=ppt/slides/_rels/slide57.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide58.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide59.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide60.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide61.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
 </file>
 
-<file path=ppt/slides/_rels/slide62.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...2 lines deleted...]
-
 <file path=ppt/slides/_rels/slide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/slide1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
@@ -6327,56 +6321,60 @@
               <a:t> da frontallappene ikke er utviklet nok til selvregulering</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="nb-NO" dirty="0"/>
               <a:t>Foreldre kan ha nytte av </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="nb-NO" dirty="0" err="1"/>
               <a:t>timeout</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="nb-NO" dirty="0"/>
               <a:t> da de har utviklede frontallapper og kan regulere seg ned og «være frontallappene» til barna i samspill med dem</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="nb-NO" dirty="0"/>
               <a:t>Foreldre er først og fremst rollemodeller og kan hjelpe barnet til å finne roen ved først å regulere seg selv ned</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
+              <a:rPr lang="nb-NO" dirty="0"/>
+              <a:t>Littsint i hverdagen video </a:t>
+            </a:r>
+            <a:r>
               <a:rPr lang="nb-NO" dirty="0" err="1"/>
-              <a:t>Tørnquist</a:t>
-[...3 lines deleted...]
-              <a:t> podkast (3.08.10-3.11.00 Littsint.no)</a:t>
+              <a:t>nr</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="nb-NO" dirty="0"/>
+              <a:t> 4 og 5</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:endParaRPr lang="nb-NO" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1254353059"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide24.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
@@ -12646,219 +12644,50 @@
           <a:blip r:embed="rId2">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="220051" y="926005"/>
             <a:ext cx="8714771" cy="4715685"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1419944036"/>
-      </p:ext>
-[...167 lines deleted...]
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2501482351"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide7.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -14073,83 +13902,83 @@
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
-  <Words>4463</Words>
+  <Words>4405</Words>
   <Application>Microsoft Office PowerPoint</Application>
   <PresentationFormat>Skjermfremvisning (4:3)</PresentationFormat>
-  <Paragraphs>376</Paragraphs>
-  <Slides>62</Slides>
+  <Paragraphs>365</Paragraphs>
+  <Slides>61</Slides>
   <Notes>1</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:lpstr>Brukte skrifter</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>4</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Tema</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Lysbildetitler</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>62</vt:i4>
+        <vt:i4>61</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="67" baseType="lpstr">
+    <vt:vector size="66" baseType="lpstr">
       <vt:lpstr>Arial</vt:lpstr>
       <vt:lpstr>Calibri</vt:lpstr>
       <vt:lpstr>Candara</vt:lpstr>
       <vt:lpstr>Lucida Grande</vt:lpstr>
       <vt:lpstr>Office-tema</vt:lpstr>
       <vt:lpstr>Littsint.no   Kognitiv terapi ved sinne/vold </vt:lpstr>
       <vt:lpstr>littsint.no</vt:lpstr>
       <vt:lpstr>Littsint</vt:lpstr>
       <vt:lpstr>Utbredelse av vold mot barn i Norge</vt:lpstr>
       <vt:lpstr>Filetti 2009:  The adverse childhood experiences study</vt:lpstr>
       <vt:lpstr>Da lykkeliten kom til verden</vt:lpstr>
       <vt:lpstr>Også mild vold skader barn</vt:lpstr>
       <vt:lpstr>FNs Barnekonvensjon fra 1989</vt:lpstr>
       <vt:lpstr>Oppdragervold</vt:lpstr>
       <vt:lpstr>Foreldrenes historie</vt:lpstr>
       <vt:lpstr>Feilslutninger</vt:lpstr>
       <vt:lpstr>Opplevelse av skyld og skam</vt:lpstr>
       <vt:lpstr>PTSD</vt:lpstr>
       <vt:lpstr>Konsekvenser av PTSD</vt:lpstr>
       <vt:lpstr>Personlighetsforstyrrelser</vt:lpstr>
       <vt:lpstr>PowerPoint-presentasjon</vt:lpstr>
       <vt:lpstr>ICD11: God interpersonlig fungering</vt:lpstr>
       <vt:lpstr>ICD11: Svekkelse i interpersonlig fungering</vt:lpstr>
       <vt:lpstr>Foreldre flest ønsker å være gode</vt:lpstr>
       <vt:lpstr>Kunnskap om barn</vt:lpstr>
@@ -14172,49 +14001,48 @@
       <vt:lpstr>Kompetent vs inkompetent</vt:lpstr>
       <vt:lpstr>Elskbar vs ikke verd å elske</vt:lpstr>
       <vt:lpstr>Jeg har verdi- vs ikke verdi som menneske</vt:lpstr>
       <vt:lpstr>Det er ikke enten- eller</vt:lpstr>
       <vt:lpstr>Basale mellomliggende antagelser (BMA)</vt:lpstr>
       <vt:lpstr>Basale mellomliggende antagelser</vt:lpstr>
       <vt:lpstr>Ny mestring gir håp og motivasjon</vt:lpstr>
       <vt:lpstr>Tankefeller</vt:lpstr>
       <vt:lpstr>Feilslutninger</vt:lpstr>
       <vt:lpstr>Kroppslig aktivering</vt:lpstr>
       <vt:lpstr>Selvkritikk</vt:lpstr>
       <vt:lpstr>Littsint: konkretisering</vt:lpstr>
       <vt:lpstr>PowerPoint-presentasjon</vt:lpstr>
       <vt:lpstr>En situasjon </vt:lpstr>
       <vt:lpstr>PowerPoint-presentasjon</vt:lpstr>
       <vt:lpstr>Skape håp for endring</vt:lpstr>
       <vt:lpstr>NAT: Skalering av sannhet</vt:lpstr>
       <vt:lpstr>PowerPoint-presentasjon</vt:lpstr>
       <vt:lpstr>Hjemme oppgave</vt:lpstr>
       <vt:lpstr>Øvelse gir mestring</vt:lpstr>
       <vt:lpstr>Folkehelse: grov vold</vt:lpstr>
       <vt:lpstr>Folkehelse: mildere vold</vt:lpstr>
       <vt:lpstr>Littsint- metodikkens mål</vt:lpstr>
       <vt:lpstr>Empati gir lykke</vt:lpstr>
       <vt:lpstr>PowerPoint-presentasjon</vt:lpstr>
-      <vt:lpstr>PowerPoint-presentasjon</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>BUFETAT</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>ABC i sinnemestring</dc:title>
   <dc:subject>for foreldre - del 1</dc:subject>
   <dc:creator>Steinar Sunde</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>